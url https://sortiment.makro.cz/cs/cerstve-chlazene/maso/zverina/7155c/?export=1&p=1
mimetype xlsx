--- v0 (2025-10-17)
+++ v1 (2025-12-17)
@@ -1,62 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Kód zboží</t>
   </si>
   <si>
     <t>Množství</t>
   </si>
   <si>
     <t>MJ</t>
   </si>
   <si>
     <t>Název položky</t>
   </si>
   <si>
     <t>Cena za kus bez DPH</t>
   </si>
   <si>
     <t>Cena za kus s DPH</t>
   </si>
   <si>
     <t>Cena za jednotku bez DPH</t>
   </si>
   <si>
     <t>Cena za jednotku s DPH</t>
   </si>
   <si>
@@ -136,97 +136,103 @@
   </si>
   <si>
     <t>Jelení kýta chlaz. váž. cca 1 kg</t>
   </si>
   <si>
     <t>2898330000009</t>
   </si>
   <si>
     <t>413689</t>
   </si>
   <si>
     <t>Jelení maso na guláš chlaz. váž. cca 1 kg</t>
   </si>
   <si>
     <t>2141615001018</t>
   </si>
   <si>
     <t>413684</t>
   </si>
   <si>
     <t>Jelení medailonky (hřbet bez kosti) chlaz. váž. cca 1 kg</t>
   </si>
   <si>
     <t>2141614201013</t>
   </si>
+  <si>
+    <t>413682</t>
+  </si>
+  <si>
+    <t>Srnčí maso na guláš chlaz. váž. cca 1 kg</t>
+  </si>
+  <si>
+    <t>2141614101016</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.00 [$Kč-405];-#,##0.00 [$Kč-405]"/>
     <numFmt numFmtId="165" formatCode="d.m.yyyy;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...7 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -486,77 +492,77 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O9"/>
+  <dimension ref="A1:O10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="O9" sqref="O9"/>
+      <selection activeCell="O10" sqref="O10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-[...13 lines deleted...]
-    <col min="15" max="15" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="19.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -566,311 +572,314 @@
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>15</v>
       </c>
-      <c r="B2"/>
       <c r="C2" t="s">
         <v>16</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
-      <c r="K2"/>
       <c r="L2" t="s">
         <v>18</v>
       </c>
       <c r="M2" t="s">
         <v>19</v>
       </c>
       <c r="N2" t="s">
         <v>19</v>
       </c>
       <c r="O2" s="2"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>20</v>
       </c>
-      <c r="B3"/>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
-      <c r="K3"/>
       <c r="L3" t="s">
         <v>22</v>
       </c>
       <c r="M3" t="s">
         <v>19</v>
       </c>
       <c r="N3" t="s">
         <v>19</v>
       </c>
       <c r="O3" s="2"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>23</v>
       </c>
-      <c r="B4"/>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
-      <c r="K4"/>
       <c r="L4" t="s">
         <v>25</v>
       </c>
       <c r="M4" t="s">
         <v>19</v>
       </c>
       <c r="N4" t="s">
         <v>19</v>
       </c>
       <c r="O4" s="2"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
         <v>26</v>
       </c>
-      <c r="B5"/>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>27</v>
       </c>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
-      <c r="K5"/>
       <c r="L5" t="s">
         <v>28</v>
       </c>
       <c r="M5" t="s">
         <v>19</v>
       </c>
       <c r="N5" t="s">
         <v>19</v>
       </c>
       <c r="O5" s="2"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" t="s">
         <v>29</v>
       </c>
-      <c r="B6"/>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
-      <c r="K6"/>
       <c r="L6" t="s">
         <v>31</v>
       </c>
       <c r="M6" t="s">
         <v>19</v>
       </c>
       <c r="N6" t="s">
         <v>19</v>
       </c>
       <c r="O6" s="2"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" t="s">
         <v>32</v>
       </c>
-      <c r="B7"/>
       <c r="C7" t="s">
         <v>16</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
-      <c r="K7"/>
       <c r="L7" t="s">
         <v>34</v>
       </c>
       <c r="M7" t="s">
         <v>19</v>
       </c>
       <c r="N7" t="s">
         <v>19</v>
       </c>
       <c r="O7" s="2"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" t="s">
         <v>35</v>
       </c>
-      <c r="B8"/>
       <c r="C8" t="s">
         <v>16</v>
       </c>
       <c r="D8" t="s">
         <v>36</v>
       </c>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
-      <c r="K8"/>
       <c r="L8" t="s">
         <v>37</v>
       </c>
       <c r="M8" t="s">
         <v>19</v>
       </c>
       <c r="N8" t="s">
         <v>19</v>
       </c>
       <c r="O8" s="2"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" t="s">
         <v>38</v>
       </c>
-      <c r="B9"/>
       <c r="C9" t="s">
         <v>16</v>
       </c>
       <c r="D9" t="s">
         <v>39</v>
       </c>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
-      <c r="K9"/>
       <c r="L9" t="s">
         <v>40</v>
       </c>
       <c r="M9" t="s">
         <v>19</v>
       </c>
       <c r="N9" t="s">
         <v>19</v>
       </c>
       <c r="O9" s="2"/>
     </row>
+    <row r="10" spans="1:15">
+      <c r="A10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+      <c r="L10" t="s">
+        <v>43</v>
+      </c>
+      <c r="M10" t="s">
+        <v>19</v>
+      </c>
+      <c r="N10" t="s">
+        <v>19</v>
+      </c>
+      <c r="O10" s="2"/>
+    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
-[...7 lines deleted...]
-  </headerFooter>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>