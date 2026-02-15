--- v1 (2025-12-17)
+++ v2 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Kód zboží</t>
   </si>
   <si>
     <t>Množství</t>
   </si>
   <si>
     <t>MJ</t>
   </si>
   <si>
     <t>Název položky</t>
   </si>
   <si>
     <t>Cena za kus bez DPH</t>
   </si>
   <si>
     <t>Cena za kus s DPH</t>
   </si>
   <si>
     <t>Cena za jednotku bez DPH</t>
   </si>
   <si>
     <t>Cena za jednotku s DPH</t>
   </si>
   <si>
@@ -135,59 +135,50 @@
     <t>471583</t>
   </si>
   <si>
     <t>Jelení kýta chlaz. váž. cca 1 kg</t>
   </si>
   <si>
     <t>2898330000009</t>
   </si>
   <si>
     <t>413689</t>
   </si>
   <si>
     <t>Jelení maso na guláš chlaz. váž. cca 1 kg</t>
   </si>
   <si>
     <t>2141615001018</t>
   </si>
   <si>
     <t>413684</t>
   </si>
   <si>
     <t>Jelení medailonky (hřbet bez kosti) chlaz. váž. cca 1 kg</t>
   </si>
   <si>
     <t>2141614201013</t>
-  </si>
-[...7 lines deleted...]
-    <t>2141614101016</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.00 [$Kč-405];-#,##0.00 [$Kč-405]"/>
     <numFmt numFmtId="165" formatCode="d.m.yyyy;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -496,54 +487,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O10"/>
+  <dimension ref="A1:O9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="O10" sqref="O10"/>
+      <selection activeCell="O9" sqref="O9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="19.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
@@ -783,77 +774,50 @@
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="C9" t="s">
         <v>16</v>
       </c>
       <c r="D9" t="s">
         <v>39</v>
       </c>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="L9" t="s">
         <v>40</v>
       </c>
       <c r="M9" t="s">
         <v>19</v>
       </c>
       <c r="N9" t="s">
         <v>19</v>
       </c>
       <c r="O9" s="2"/>
-    </row>
-[...25 lines deleted...]
-      <c r="O10" s="2"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">